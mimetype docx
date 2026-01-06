--- v0 (2025-11-04)
+++ v1 (2026-01-06)
@@ -1,594 +1,3180 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="0049321D" w:rsidRDefault="0049321D" w:rsidP="0049321D">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ответственные за проведение государственной итоговой аттестации по программам </w:t>
+      </w:r>
+      <w:r w:rsidR="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-        <w:t>График работы телефонной «горячей линии» и электронной почты</w:t>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основного общего </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049321D">
-        <w:rPr>
+      <w:r w:rsidR="00C6016B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-        <w:t>М</w:t>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidR="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-        <w:t>А</w:t>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049321D">
-        <w:rPr>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-        <w:t>ОУ «</w:t>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>среднего общего образования:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">директор школы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Русакова Анна Николаевна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телефон: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>224-35-05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-        <w:t>Школа №70 с углубленным изучением отдельных предметов</w:t>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Приемные дни: </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049321D">
-        <w:rPr>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>среда с 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-00 до 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>6-00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>заместитель директора:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Патрогина Елена Влад</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2960" w:rsidRPr="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>мировна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - ответственная за </w:t>
+      </w:r>
+      <w:r w:rsidR="008A2960" w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проведение </w:t>
+      </w:r>
+      <w:r w:rsidR="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ГИА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>11, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>телефон: 22</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2960" w:rsidRPr="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>4-35-05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">консультации: четверг: </w:t>
+      </w:r>
+      <w:r w:rsidR="008A2960" w:rsidRPr="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>12.00-16.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="30" w:after="30" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="008A2960" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-        <w:t>»</w:t>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">График </w:t>
+      </w:r>
+      <w:r w:rsidR="002A7BBB" w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>работы телефонной «горячей линии» и Интернет-линии</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0049321D" w:rsidRPr="0049321D" w:rsidRDefault="0049321D" w:rsidP="0049321D">
-[...2 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>по вопросам, связанным с обеспечением ГИА-2026,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">МАОУ «Школа </w:t>
+      </w:r>
+      <w:r w:rsidR="008A2960" w:rsidRPr="008A2960">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 70 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с углубленным изучением отдельных </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6016B" w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>предметов»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="25" w:after="25" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A7BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1838"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3820"/>
+        <w:gridCol w:w="1601"/>
+        <w:gridCol w:w="1981"/>
+        <w:gridCol w:w="1137"/>
+        <w:gridCol w:w="1191"/>
+        <w:gridCol w:w="1153"/>
+        <w:gridCol w:w="2272"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0049321D" w:rsidTr="0049321D">
+      <w:tr w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidTr="002A7BBB">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0049321D" w:rsidRPr="0054458E" w:rsidRDefault="0049321D" w:rsidP="0049321D">
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
             <w:pPr>
+              <w:spacing w:before="33" w:after="33" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Телефон</w:t>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ответственное лицо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcW w:w="2769" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0049321D" w:rsidRPr="0054458E" w:rsidRDefault="0049321D" w:rsidP="0049321D">
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
             <w:pPr>
+              <w:spacing w:before="33" w:after="33" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-              <w:t>E-mail</w:t>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Круг решаемых вопросов в рамках «горячей линии»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3820" w:type="dxa"/>
+            <w:tcW w:w="1296" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0049321D" w:rsidRPr="0054458E" w:rsidRDefault="0049321D" w:rsidP="0049321D">
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
             <w:pPr>
+              <w:spacing w:before="33" w:after="33" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...26 lines deleted...]
-              <w:t>224–35–05</w:t>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Телефоны «горячей линии»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0049321D" w:rsidRDefault="003B6793" w:rsidP="00C61AC1">
-[...7 lines deleted...]
-              <w:t>s70_nn@mail.52gov.ru</w:t>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="33" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Порядок работы «горячей линии»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3820" w:type="dxa"/>
+            <w:tcW w:w="2538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0049321D" w:rsidRDefault="003678AE" w:rsidP="00C61AC1">
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="33" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Интернет-линия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F033E5" w:rsidRPr="002A7BBB" w:rsidTr="002A7BBB">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="33" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Период работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1601" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="33" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Режим работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F033E5" w:rsidRPr="002A7BBB" w:rsidTr="002A7BBB">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="00C6016B" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...6 lines deleted...]
-              <w:t>, заместитель директора</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Патрогина Елена Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Нормативное правовое обеспечение подготовки и проведения государственной итоговой аттестации по образовательным программам</w:t>
+            </w:r>
+            <w:r w:rsidR="00C6016B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> основного общего образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> среднего общего образования (далее –</w:t>
+            </w:r>
+            <w:r w:rsidR="00C6016B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ГИА -9, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ГИА-11), в том числе итогового сочинения (изложения) (далее – ИС(И))</w:t>
+            </w:r>
+            <w:r w:rsidR="00C6016B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, итоговое собеседование (далее – ИС)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8(831)22</w:t>
+            </w:r>
+            <w:r w:rsidR="00F033E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00F033E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r w:rsidR="00F033E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="00C6016B" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002A7BBB" w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ИС(И),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>13.10.2025 - 22.05.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C6016B" w:rsidRPr="002A7BBB" w:rsidRDefault="00C6016B" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ИС </w:t>
+            </w:r>
+            <w:r w:rsidR="00F033E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F033E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>27.10.2025-22.05.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ГИА – 9, </w:t>
+            </w:r>
+            <w:r w:rsidR="002A7BBB" w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ГИА-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1601" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="002A7BBB" w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>.00 - 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="002A7BBB" w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(четверг)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F033E5" w:rsidRPr="00F033E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>s70_nn@mail.52gov.ru</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>период работы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A7BBB" w:rsidRPr="002A7BBB" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+            <w:pPr>
+              <w:spacing w:before="33" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A7BBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0049321D" w:rsidRDefault="0049321D" w:rsidP="0054458E">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="002A7BBB" w:rsidRPr="008A2960" w:rsidRDefault="002A7BBB" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00817BE1" w:rsidRPr="00817BE1" w:rsidRDefault="00817BE1" w:rsidP="00817BE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817BE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>График работы телефонной «горячей линии» и электронной почты</w:t>
       </w:r>
-      <w:r w:rsidRPr="0049321D">
-        <w:rPr>
+      <w:r w:rsidRPr="00817BE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
         <w:t>Управление образования администрации Московского района</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054458E" w:rsidRDefault="0054458E" w:rsidP="0054458E">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="00817BE1" w:rsidRPr="00817BE1" w:rsidRDefault="00817BE1" w:rsidP="00817BE1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="ac"/>
         <w:tblW w:w="9465" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4815"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="3233"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0054458E" w:rsidRPr="0049321D" w:rsidTr="003B6793">
+      <w:tr w:rsidR="00817BE1" w:rsidRPr="00817BE1" w:rsidTr="00817BE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0054458E" w:rsidRPr="0049321D" w:rsidRDefault="003B6793" w:rsidP="0054458E">
+          <w:p w:rsidR="00817BE1" w:rsidRPr="00817BE1" w:rsidRDefault="00817BE1" w:rsidP="00817BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00817BE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Круг решаемых вопросов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0054458E" w:rsidRPr="0049321D" w:rsidRDefault="003B6793" w:rsidP="003B6793">
+          <w:p w:rsidR="00817BE1" w:rsidRPr="00817BE1" w:rsidRDefault="00817BE1" w:rsidP="00817BE1">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0049321D">
-              <w:rPr>
+            <w:r w:rsidRPr="00817BE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0054458E" w:rsidRPr="0049321D" w:rsidRDefault="0054458E" w:rsidP="0054458E">
+          <w:p w:rsidR="00817BE1" w:rsidRPr="00817BE1" w:rsidRDefault="00817BE1" w:rsidP="00817BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0049321D">
-              <w:rPr>
+            <w:r w:rsidRPr="00817BE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ответственный</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0049321D" w:rsidRPr="0049321D" w:rsidTr="003B6793">
+      <w:tr w:rsidR="00817BE1" w:rsidRPr="00817BE1" w:rsidTr="00817BE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0049321D" w:rsidRPr="003B6793" w:rsidRDefault="003B6793" w:rsidP="0049321D">
+          <w:p w:rsidR="00817BE1" w:rsidRPr="00817BE1" w:rsidRDefault="00817BE1" w:rsidP="00817BE1">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6793">
-[...3 lines deleted...]
-                <w:szCs w:val="29"/>
+            <w:r w:rsidRPr="00817BE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Нормативно-правовое обеспечение подготовки и проведения государственной итоговой аттестации по образовательным программам основного общего образования (ГИА- 9) и среднего общего образования (ГИА- 11), в том числе итогового сочинения (изложения) и итогового собеседования по русскому языку </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0049321D" w:rsidRPr="0049321D" w:rsidRDefault="0049321D" w:rsidP="0049321D">
+          <w:p w:rsidR="00817BE1" w:rsidRPr="00817BE1" w:rsidRDefault="00817BE1" w:rsidP="00817BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0049321D" w:rsidRPr="0049321D" w:rsidRDefault="003B6793" w:rsidP="0054458E">
+          <w:p w:rsidR="00817BE1" w:rsidRPr="00817BE1" w:rsidRDefault="00817BE1" w:rsidP="00817BE1">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0049321D">
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00817BE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>270-46-55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0049321D" w:rsidRDefault="003B6793" w:rsidP="0049321D">
+          <w:p w:rsidR="00817BE1" w:rsidRPr="00817BE1" w:rsidRDefault="00817BE1" w:rsidP="00817BE1">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001C115E">
-              <w:rPr>
+            <w:r w:rsidRPr="00817BE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Баринова Ольга Александровна</w:t>
             </w:r>
-            <w:r w:rsidR="0049321D">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00817BE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0049321D" w:rsidRPr="0049321D" w:rsidRDefault="0049321D" w:rsidP="0049321D">
+          <w:p w:rsidR="00817BE1" w:rsidRPr="00817BE1" w:rsidRDefault="00817BE1" w:rsidP="00817BE1">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0049321D">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00817BE1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>начальник отдела общего образования и воспитания</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0054458E" w:rsidRDefault="0054458E" w:rsidP="0054458E">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="00F033E5" w:rsidRPr="00817BE1" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0054458E" w:rsidSect="006C0B77">
-[...1 lines deleted...]
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:p w:rsidR="00F033E5" w:rsidRPr="00817BE1" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F033E5" w:rsidRPr="00817BE1" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F033E5" w:rsidRPr="00817BE1" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F033E5" w:rsidRPr="00817BE1" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F033E5" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F033E5" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F033E5" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F033E5" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F033E5" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F033E5" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F033E5" w:rsidRDefault="00F033E5" w:rsidP="002A7BBB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:eastAsia="Times New Roman" w:hAnsi="PT Sans" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="555555"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F033E5">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="PT Sans">
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08665971"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3BDE2BF4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7CCB4720"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B9E6546A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="2103721914">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1007244073">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0054458E"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00F12C76"/>
+    <w:rsidRoot w:val="002A7BBB"/>
+    <w:rsid w:val="002458F0"/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rsid w:val="00603CC0"/>
+    <w:rsid w:val="00817BE1"/>
+    <w:rsid w:val="008A2960"/>
+    <w:rsid w:val="00C6016B"/>
+    <w:rsid w:val="00DF3130"/>
+    <w:rsid w:val="00F033E5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C64B876E-4F04-46D7-ACE5-9468FEB5723A}"/>
+  <w15:docId w15:val="{7406B959-EFC8-4124-BCEF-35898ACDB44C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -916,310 +3502,801 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B915B7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A7BBB"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="0054458E"/>
+    <w:rsid w:val="00817BE1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...26 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="524370568">
+    <w:div w:id="252203568">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1457943603">
+    <w:div w:id="1299338665">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2001611831">
+    <w:div w:id="1589194303">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1330,70 +4407,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>665</Characters>
+  <Pages>2</Pages>
+  <Words>270</Words>
+  <Characters>1543</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>780</CharactersWithSpaces>
+  <CharactersWithSpaces>1810</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Валерия Патрогина</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>